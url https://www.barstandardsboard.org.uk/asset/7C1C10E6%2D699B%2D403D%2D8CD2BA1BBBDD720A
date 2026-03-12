--- v0 (2025-10-04)
+++ v1 (2026-03-12)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="68328D9C" w14:textId="1787B203" w:rsidR="001C6EDE" w:rsidRDefault="001C6EDE" w:rsidP="001C6EDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D84497">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6CFDA918" wp14:editId="3BB4860F">
             <wp:extent cx="2095500" cy="1447800"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="BSB_logo_white"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -188,65 +188,51 @@
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="003102EA" w:rsidRPr="00D02EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>You will get a</w:t>
       </w:r>
       <w:r w:rsidR="003102EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003102EA" w:rsidRPr="00D02EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">confirmation </w:t>
       </w:r>
       <w:r w:rsidR="003102EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">from us once we have received your </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> and y</w:t>
+        <w:t>from us once we have received your form and y</w:t>
       </w:r>
       <w:r w:rsidR="00D02EBA" w:rsidRPr="00D02EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ou can expect to hear from us </w:t>
       </w:r>
       <w:r w:rsidR="003102EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">again </w:t>
       </w:r>
       <w:r w:rsidR="00D02EBA" w:rsidRPr="00D02EBA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidR="003102EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>five</w:t>
       </w:r>
@@ -427,168 +413,164 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001111F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>We may need to follow up with you on some details of your question or report, for example, if we need more information from you. Please give us your details so that we can contact you.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B702EB5" w14:textId="030171D5" w:rsidR="00331A78" w:rsidRDefault="001111F5" w:rsidP="00E023BD">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001111F5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">You can submit information anonymously, without giving us your contact details (unless you are a barrister reporting your own serious misconduct), but please note that it may limit our ability to </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> on the information you provide or to contact you.</w:t>
+        <w:t>You can submit information anonymously, without giving us your contact details (unless you are a barrister reporting your own serious misconduct), but please note that it may limit our ability to take action on the information you provide or to contact you.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="7178"/>
       </w:tblGrid>
       <w:tr w:rsidR="00837EAD" w14:paraId="7D63C817" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="472"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0608CC7A" w14:textId="6737276F" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk19112510"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
-            <w:id w:val="58221427"/>
+            <w:id w:val="-1365979617"/>
             <w:placeholder>
-              <w:docPart w:val="6FA489D2091247F7ADCB1964E12E993C"/>
+              <w:docPart w:val="7A593E1DB9404ADA98818E32650747F2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Mrs"/>
+              <w:listItem w:displayText="M" w:value="M"/>
+              <w:listItem w:displayText="Miss" w:value="Miss"/>
+              <w:listItem w:displayText="Mx" w:value="Mx"/>
+              <w:listItem w:displayText="Dr" w:value="Dr"/>
+              <w:listItem w:displayText="Ind" w:value="Ind"/>
+              <w:listItem w:displayText="Ms" w:value="Ms"/>
+              <w:listItem w:displayText="Judge" w:value="Judge"/>
+              <w:listItem w:displayText="Mre" w:value="Mre"/>
+              <w:listItem w:displayText="Mr" w:value="Mr"/>
+            </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1A991267" w14:textId="2898B28B" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
+              <w:p w14:paraId="1A991267" w14:textId="76AFD17A" w:rsidR="00837EAD" w:rsidRDefault="00D22CFA" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="122A1DA0" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78000FEA" w14:textId="00F84F09" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-543210058"/>
             <w:placeholder>
               <w:docPart w:val="71ED31A7A679480CAE20BBF11CAB0CA1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="356F8410" w14:textId="5A65849E" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="465B9A53" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="1974"/>
@@ -600,51 +582,50 @@
           <w:p w14:paraId="74BF455C" w14:textId="340FF58F" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-2120285570"/>
             <w:placeholder>
               <w:docPart w:val="E6BA25F6242542069B47CBEFB2E208B6"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="68D4CA23" w14:textId="7947E529" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="4F246659" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="451"/>
@@ -656,51 +637,50 @@
           <w:p w14:paraId="433C346C" w14:textId="56D9E666" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-939366357"/>
             <w:placeholder>
               <w:docPart w:val="2BB6FE79952546748EDFBC9010F45826"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="77B3FE01" w14:textId="4A6C2028" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="0C79A19B" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="413"/>
@@ -712,51 +692,50 @@
           <w:p w14:paraId="42773315" w14:textId="4419C112" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1425808418"/>
             <w:placeholder>
               <w:docPart w:val="4BA3A6FF55834A76916C575A5BC07172"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="71EF82CB" w14:textId="1AD15F55" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="78788F79" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="420"/>
@@ -768,51 +747,50 @@
           <w:p w14:paraId="31397487" w14:textId="7D01F239" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="393395702"/>
             <w:placeholder>
               <w:docPart w:val="E7A352C4DB0A43D0AFE150F25A366C3D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="043821E2" w14:textId="701C38C2" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="7B8126A9" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="700"/>
@@ -843,51 +821,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Please give details)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="3892C529" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="1547"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-126397509"/>
             <w:placeholder>
               <w:docPart w:val="5F23C246ACCF4938BCFB41F964C9BCBF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="55A86761" w14:textId="3DCBC512" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="78A667C1" w14:textId="77777777" w:rsidTr="006037F7">
         <w:tc>
@@ -917,51 +894,50 @@
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00EA4BCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> we can make to how we communicate with you, please read our reasonable adjustments policy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="60E5C99E" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
           <w:trHeight w:val="1423"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1026633445"/>
             <w:placeholder>
               <w:docPart w:val="0CB552B4E06A428C84D6EE6E0B1EF51C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="44969BDA" w14:textId="37D696B1" w:rsidR="00837EAD" w:rsidRDefault="00DD65AC" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00837EAD" w14:paraId="716F8957" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:trPr>
@@ -989,51 +965,50 @@
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1161533135"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="4B64D978B7674F5390490814BD15237E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="A member of the public" w:value="A member of the public"/>
               <w:listItem w:displayText="A barrister" w:value="A barrister"/>
               <w:listItem w:displayText="A pupil" w:value="A pupil"/>
               <w:listItem w:displayText="A member of another professional body (Police, HMRC etc)" w:value="A member of another professional body (Police, HMRC etc)"/>
               <w:listItem w:displayText="Judge" w:value="Judge"/>
               <w:listItem w:displayText="Coroner" w:value="Coroner"/>
               <w:listItem w:displayText="Solicitor" w:value="Solicitor"/>
               <w:listItem w:displayText="Magistrate" w:value="Magistrate"/>
               <w:listItem w:displayText="Tribunal panelist" w:value="Tribunal panelist"/>
               <w:listItem w:displayText="Other legal professional" w:value="Other legal professional"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="789118C0" w14:textId="6501F590" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00837EAD" w14:paraId="589560FC" w14:textId="77777777" w:rsidTr="00837EAD">
         <w:tc>
@@ -1053,51 +1028,50 @@
               <w:t>Are you filling in this form for someone else?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7178" w:type="dxa"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:id w:val="1254246480"/>
               <w:lock w:val="sdtLocked"/>
               <w:placeholder>
                 <w:docPart w:val="A4D6E1CCAC58400EA972333CB11B02E0"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:dropDownList>
                 <w:listItem w:value="Choose an item."/>
                 <w:listItem w:displayText="Yes" w:value="Yes"/>
                 <w:listItem w:displayText="No" w:value="No"/>
               </w:dropDownList>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="153F3377" w14:textId="77777777" w:rsidR="00837EAD" w:rsidRDefault="004F5858" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w14:paraId="77694791" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="00331A78">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="667A1B19" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="00331A78">
             <w:pPr>
@@ -1191,113 +1165,123 @@
           <w:trHeight w:val="472"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27D3BD87" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
-            <w:id w:val="505248096"/>
+            <w:id w:val="1295487664"/>
             <w:placeholder>
-              <w:docPart w:val="7A9C49EF9B2E46AFB04FA1762EF67686"/>
+              <w:docPart w:val="FD626E636A0F4403BE37460D53446CC4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
+            <w:dropDownList>
+              <w:listItem w:value="Mrs"/>
+              <w:listItem w:displayText="M" w:value="M"/>
+              <w:listItem w:displayText="Miss" w:value="Miss"/>
+              <w:listItem w:displayText="Mx" w:value="Mx"/>
+              <w:listItem w:displayText="Dr" w:value="Dr"/>
+              <w:listItem w:displayText="Ind" w:value="Ind"/>
+              <w:listItem w:displayText="Ms" w:value="Ms"/>
+              <w:listItem w:displayText="Judge" w:value="Judge"/>
+              <w:listItem w:displayText="Mre" w:value="Mre"/>
+              <w:listItem w:displayText="Mr" w:value="Mr"/>
+            </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="011AAA1B" w14:textId="549A6F28" w:rsidR="004F5858" w:rsidRDefault="00DD65AC" w:rsidP="006037F7">
+              <w:p w14:paraId="011AAA1B" w14:textId="2B8F6CBE" w:rsidR="004F5858" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="52AEB4BF" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4F044A2F" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-842940117"/>
             <w:placeholder>
               <w:docPart w:val="E1106EF291A74AAAA4B490B23BF00CC1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="729ED718" w14:textId="74DE2521" w:rsidR="004F5858" w:rsidRDefault="00DD65AC" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="4C7F6539" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="1974"/>
@@ -1309,51 +1293,50 @@
           <w:p w14:paraId="1358D523" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1844467718"/>
             <w:placeholder>
               <w:docPart w:val="E1C22D795E1D4D569CDEE6B4072C9EF2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="51F559B5" w14:textId="3E1BA23A" w:rsidR="004F5858" w:rsidRDefault="00DD65AC" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="155F21CF" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="451"/>
@@ -1365,51 +1348,50 @@
           <w:p w14:paraId="4E5B07D5" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="902333793"/>
             <w:placeholder>
               <w:docPart w:val="E9E5DD1F783A4FD497814F94DEE5CDEF"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="15486533" w14:textId="1FC07C23" w:rsidR="004F5858" w:rsidRDefault="00DD65AC" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="3B8FE3BC" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="413"/>
@@ -1421,51 +1403,50 @@
           <w:p w14:paraId="7DA0B23A" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-452865201"/>
             <w:placeholder>
               <w:docPart w:val="6266B2C77D534A1BA98463F655EAEEE4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="18E24579" w14:textId="7522BD5F" w:rsidR="004F5858" w:rsidRDefault="00DD65AC" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="16C52C79" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="420"/>
@@ -1477,51 +1458,50 @@
           <w:p w14:paraId="1A2086A8" w14:textId="77777777" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Phone Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="55986813"/>
             <w:placeholder>
               <w:docPart w:val="D111BB51760C4B9AB0108B43E1128D8A"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6CDA88F6" w14:textId="7D77EEC5" w:rsidR="004F5858" w:rsidRDefault="00DD65AC" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="33E52B21" w14:textId="77777777" w:rsidTr="004F5858">
         <w:trPr>
           <w:trHeight w:val="700"/>
@@ -1542,51 +1522,50 @@
               </w:rPr>
               <w:t>Relationship to the form filler</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-348796718"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="0E5C4387FE98447F8A24635DDB1245B2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Spouse/Partner" w:value="Spouse/Partner"/>
               <w:listItem w:displayText="Carer" w:value="Carer"/>
               <w:listItem w:displayText="Friend/Relative" w:value="Friend/Relative"/>
               <w:listItem w:displayText="Legal Representative" w:value="Legal Representative"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7D8D6192" w14:textId="3C2FB191" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="44DAB386" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="700"/>
@@ -1617,51 +1596,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(Please give details)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="6E7F0782" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="1547"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-809398387"/>
             <w:placeholder>
               <w:docPart w:val="977AFE68A32A448D812BE90D325C82A2"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="15260448" w14:textId="3D44A576" w:rsidR="004F5858" w:rsidRDefault="00DD65AC" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="2CF2A24B" w14:textId="77777777" w:rsidTr="004F5858">
         <w:trPr>
@@ -1686,51 +1664,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="1E275451" w14:textId="77777777" w:rsidTr="004F5858">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="811136141"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="81269E511A2E4A51AEADAC24006143DA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="4B192182" w14:textId="19162889" w:rsidR="004F5858" w:rsidRDefault="004F5858" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="004F5858" w14:paraId="3C914203" w14:textId="77777777" w:rsidTr="004F5858">
         <w:trPr>
@@ -1750,51 +1727,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Who should we contact about this?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1861317667"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="FF363CCD06CF470CB415CA84C8D22A47"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="You, the person filling in this form" w:value="You, the person filling in this form"/>
               <w:listItem w:displayText="The person you are filling in the form for" w:value="The person you are filling in the form for"/>
               <w:listItem w:displayText="Both" w:value="Both"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="39EC62A6" w14:textId="62000DCE" w:rsidR="004F5858" w:rsidRDefault="0083282A" w:rsidP="00331A78">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="592ABD16" w14:textId="371E94AB" w:rsidR="00837EAD" w:rsidRDefault="00837EAD" w:rsidP="00331A78">
       <w:pPr>
@@ -1967,64 +1943,63 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Who</w:t>
             </w:r>
             <w:r w:rsidR="006F0D1D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> do you want to tell us about?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1521127603"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="F8B00A9A35094803A01BC4F972824543"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="A barrister" w:value="A barrister"/>
               <w:listItem w:displayText="A pupil" w:value="A pupil"/>
               <w:listItem w:displayText="A chambers" w:value="A chambers"/>
               <w:listItem w:displayText="An entity" w:value="An entity"/>
               <w:listItem w:displayText="An Approved Education &amp; Training Organisation" w:value="An Approved Education &amp; Training Organisation"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="05AF12DD" w14:textId="44061A40" w:rsidR="006F0D1D" w:rsidRDefault="006F0D1D" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006F0D1D" w14:paraId="7805E5D6" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="421"/>
@@ -2051,61 +2026,60 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>ho was/is the barrister/entity acting for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F0D1D" w14:paraId="47862038" w14:textId="77777777" w:rsidTr="006F0D1D">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="450281238"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="A9D279A755314D729D83C29DB2F0603F"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Me" w:value="Me"/>
               <w:listItem w:displayText="Someone else" w:value="Someone else"/>
               <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="1C74CA6B" w14:textId="062096D1" w:rsidR="006F0D1D" w:rsidRDefault="006F0D1D" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006F0D1D" w14:paraId="05503090" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
@@ -2139,60 +2113,59 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>”, w</w:t>
             </w:r>
             <w:r w:rsidR="006037F7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>hich type of organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F0D1D" w14:paraId="5C70B347" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="480277715"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="F19B5D2BE535418FA33F7458FEA5DDC4"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="A chambers or other organisation delivering pupillage or work-based learning" w:value="A chambers or other organisation delivering pupillage or work-based learning"/>
               <w:listItem w:displayText="A university or other educational institution delivering vocational training" w:value="A university or other educational institution delivering vocational training"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="3AD6C5D8" w14:textId="0ED49C87" w:rsidR="006F0D1D" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006F0D1D" w14:paraId="181FC688" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
@@ -2205,51 +2178,50 @@
           <w:p w14:paraId="6A9A9364" w14:textId="21FECBDA" w:rsidR="006F0D1D" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of person or organisation you want to tell us about?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-2030170954"/>
             <w:placeholder>
               <w:docPart w:val="CB72BFFC9C654F068FF452AB4FD3DA81"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4715530C" w14:textId="77777777" w:rsidR="006F0D1D" w:rsidRDefault="006F0D1D" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006F0D1D" w14:paraId="069D338E" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="2074"/>
@@ -2257,55 +2229,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16101AB6" w14:textId="705D60F1" w:rsidR="006F0D1D" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="2109996487"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="280B414803124E8583518E23481E6B93"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="02DD80A7" w14:textId="1E228EE9" w:rsidR="006F0D1D" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006F0D1D" w14:paraId="58739F5E" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="402"/>
@@ -2313,55 +2284,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74C1000F" w14:textId="12483A66" w:rsidR="006F0D1D" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1444992438"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="68D6AADC425C4B53A63347D4479B0515"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2B2C2AD3" w14:textId="58D09CBB" w:rsidR="006F0D1D" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="21BBFBE9" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="988"/>
@@ -2369,55 +2339,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="367F7EAD" w14:textId="1429F8F9" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email address of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1881077342"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="6168690BFACF4D50A632CEB6660A7C38"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="542B71DD" w14:textId="6FEBC7EF" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="7ECE0E22" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="988"/>
@@ -2425,55 +2394,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="068FCC4A" w14:textId="01BA9D35" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Phone number of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-983387475"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="6B30BA8433AE4FE288742A4B73F4F758"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="559CE36F" w14:textId="7A3FBEC5" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="478BA19D" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="1260"/>
@@ -2482,60 +2450,59 @@
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D205429" w14:textId="6851366C" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Is this about more than one person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1013461097"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="00A40497B60A488A828A690A38A7C2BA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1C496A9C" w14:textId="2728EA4D" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="14CBDADF" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="665"/>
@@ -2642,51 +2609,50 @@
               </w:rPr>
               <w:t>Who do you want to tell us about?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1996093740"/>
             <w:placeholder>
               <w:docPart w:val="0095A37344AE43B39267D53B1935F9BE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="A barrister" w:value="A barrister"/>
               <w:listItem w:displayText="A pupil" w:value="A pupil"/>
               <w:listItem w:displayText="A chambers" w:value="A chambers"/>
               <w:listItem w:displayText="An entity" w:value="An entity"/>
               <w:listItem w:displayText="An Approved Education &amp; Training Organisation" w:value="An Approved Education &amp; Training Organisation"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="47B47FAC" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="08948755" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="421"/>
@@ -2722,58 +2688,57 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="58D0B1C1" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1347373736"/>
             <w:placeholder>
               <w:docPart w:val="0095A37344AE43B39267D53B1935F9BE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Me" w:value="Me"/>
               <w:listItem w:displayText="Someone else" w:value="Someone else"/>
               <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
-              <w:p w14:paraId="451885C5" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="451885C5" w14:textId="20B0BB88" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="0A774891" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
@@ -2802,108 +2767,106 @@
               <w:t>”, which type of organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="11FD5040" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1482727515"/>
             <w:placeholder>
               <w:docPart w:val="0095A37344AE43B39267D53B1935F9BE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="A chambers or other organisation delivering pupillage or work-based learning" w:value="A chambers or other organisation delivering pupillage or work-based learning"/>
               <w:listItem w:displayText="A university or other educational institution delivering vocational training" w:value="A university or other educational institution delivering vocational training"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
-              <w:p w14:paraId="1D279149" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="1D279149" w14:textId="746EA359" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="2C98E68E" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="1173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DFC599A" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of person or organisation you want to tell us about?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="548722504"/>
             <w:placeholder>
               <w:docPart w:val="68D6FF4732F64B5C9AB561059F7EA4A3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="1506452F" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="390A9F9B" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="2074"/>
@@ -2915,51 +2878,50 @@
           <w:p w14:paraId="00D19E32" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1020206492"/>
             <w:placeholder>
               <w:docPart w:val="6A956EE999F24BFEBD4053C02085A054"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="04AE9805" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="11DA49FF" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="402"/>
@@ -2971,169 +2933,166 @@
           <w:p w14:paraId="6799CD96" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="789400158"/>
             <w:placeholder>
               <w:docPart w:val="6A956EE999F24BFEBD4053C02085A054"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1270F100" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="1270F100" w14:textId="3AC1E287" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="313997BC" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E556990" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email address of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1067927683"/>
             <w:placeholder>
               <w:docPart w:val="6A956EE999F24BFEBD4053C02085A054"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="2DBFC6C7" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="2DBFC6C7" w14:textId="64EFA82A" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="0533C7C8" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="097EE02A" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Phone number of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="531237895"/>
             <w:placeholder>
               <w:docPart w:val="6A956EE999F24BFEBD4053C02085A054"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="636A6F11" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="636A6F11" w14:textId="6C61FF8D" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2656A896" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="55FF13CB" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7">
@@ -3189,51 +3148,50 @@
               </w:rPr>
               <w:t>Who do you want to tell us about?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="2002377056"/>
             <w:placeholder>
               <w:docPart w:val="90FAA7D89D0F4237A0DDE53E1C74A2F3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="A barrister" w:value="A barrister"/>
               <w:listItem w:displayText="A pupil" w:value="A pupil"/>
               <w:listItem w:displayText="A chambers" w:value="A chambers"/>
               <w:listItem w:displayText="An entity" w:value="An entity"/>
               <w:listItem w:displayText="An Approved Education &amp; Training Organisation" w:value="An Approved Education &amp; Training Organisation"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="648A3E18" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="2A816FB0" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="421"/>
@@ -3269,58 +3227,57 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="095CAC83" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="473"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1573575914"/>
             <w:placeholder>
               <w:docPart w:val="90FAA7D89D0F4237A0DDE53E1C74A2F3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Me" w:value="Me"/>
               <w:listItem w:displayText="Someone else" w:value="Someone else"/>
               <w:listItem w:displayText="Not applicable" w:value="Not applicable"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
-              <w:p w14:paraId="42A68582" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="42A68582" w14:textId="6AE53C7A" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="5D840FD1" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
@@ -3349,108 +3306,106 @@
               <w:t>”, which type of organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="28711350" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1070387155"/>
             <w:placeholder>
               <w:docPart w:val="90FAA7D89D0F4237A0DDE53E1C74A2F3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="A chambers or other organisation delivering pupillage or work-based learning" w:value="A chambers or other organisation delivering pupillage or work-based learning"/>
               <w:listItem w:displayText="A university or other educational institution delivering vocational training" w:value="A university or other educational institution delivering vocational training"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
-              <w:p w14:paraId="2E5FB35F" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="2E5FB35F" w14:textId="3D763527" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="2E8D2330" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="1173"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14FEA8B3" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of person or organisation you want to tell us about?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="786852794"/>
             <w:placeholder>
               <w:docPart w:val="FE0273665C2C447CBBAFC49D41310B76"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="089A9D31" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="119D7157" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="2074"/>
@@ -3462,51 +3417,50 @@
           <w:p w14:paraId="778BBFBA" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Address of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="719635631"/>
             <w:placeholder>
               <w:docPart w:val="983487F54848406A95733F5BAC02DB39"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="474733DD" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="221811EB" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="402"/>
@@ -3518,169 +3472,166 @@
           <w:p w14:paraId="6011D817" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Postcode</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-814018915"/>
             <w:placeholder>
               <w:docPart w:val="983487F54848406A95733F5BAC02DB39"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="279BE11E" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="279BE11E" w14:textId="6EE702A3" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="703455F3" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10742BEE" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Email address of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-625619593"/>
             <w:placeholder>
               <w:docPart w:val="983487F54848406A95733F5BAC02DB39"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="53C60ED8" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="53C60ED8" w14:textId="7D9A09BA" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="73E56FD3" w14:textId="77777777" w:rsidTr="006037F7">
         <w:trPr>
           <w:trHeight w:val="988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22D2312F" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Phone number of person or organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1196385909"/>
             <w:placeholder>
               <w:docPart w:val="983487F54848406A95733F5BAC02DB39"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="74B58CBF" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
+              <w:p w14:paraId="74B58CBF" w14:textId="0A040035" w:rsidR="006037F7" w:rsidRDefault="00D22CFA" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D59A014" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="495B0960" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006F0D1D">
@@ -3767,51 +3718,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-2118514365"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
               <w:docPart w:val="67001A34B2F54E2FAA6D25F22FC8A6B3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="2DCF9596" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006037F7" w14:paraId="05A697CF" w14:textId="77777777" w:rsidTr="001C022A">
         <w:trPr>
           <w:trHeight w:val="2972"/>
@@ -3823,51 +3773,50 @@
           <w:p w14:paraId="6B229D10" w14:textId="1FC42C38" w:rsidR="006037F7" w:rsidRDefault="001C022A" w:rsidP="006037F7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>If yes, please give the reference number and/or details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-984161583"/>
             <w:placeholder>
               <w:docPart w:val="2844220E0C64452BB6CF3E9CE48451AC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="29F0602E" w14:textId="77777777" w:rsidR="006037F7" w:rsidRDefault="006037F7" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="001C022A" w14:paraId="3FAF4A1B" w14:textId="77777777" w:rsidTr="001C022A">
         <w:trPr>
           <w:trHeight w:val="704"/>
@@ -3899,51 +3848,50 @@
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001C022A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> please tell us the date of the last time it happened</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C022A" w14:paraId="25F5CB8B" w14:textId="77777777" w:rsidTr="001C022A">
         <w:trPr>
           <w:trHeight w:val="3536"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-583074483"/>
             <w:placeholder>
               <w:docPart w:val="B97D275AD6444DBE9E59CD20EC6A2355"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="459CA86A" w14:textId="2C45BDAC" w:rsidR="001C022A" w:rsidRPr="001C022A" w:rsidRDefault="001C022A" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EBC9DFB" w14:textId="290586F0" w:rsidR="001C022A" w:rsidRDefault="001C022A"/>
@@ -3986,51 +3934,50 @@
               <w:t>Please set out as clearly as possible the information you want to tell us</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C022A" w14:paraId="622694BC" w14:textId="77777777" w:rsidTr="001C022A">
         <w:trPr>
           <w:trHeight w:val="13335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:id w:val="-1077592687"/>
               <w:placeholder>
                 <w:docPart w:val="46C3DE2ABEAD4F618C73ABCEA6DDD998"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="32F7A94C" w14:textId="3F41DF64" w:rsidR="001C022A" w:rsidRDefault="001C022A" w:rsidP="006037F7">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C022A" w14:paraId="456730A2" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="421"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
@@ -4078,60 +4025,59 @@
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62853C95" w14:textId="55B2A528" w:rsidR="001C022A" w:rsidRDefault="001C022A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Does this matter relate to a court case?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="289413836"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="7A6C5D5D3A414426A6F88B6B5C53DBFC"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="2C72000A" w14:textId="232F47E6" w:rsidR="001C022A" w:rsidRDefault="001C022A">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="58D84F0E" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
@@ -4159,55 +4105,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D089C13" w14:textId="646DFCD2" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of case</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1538957753"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="EBF6FA706C384F4096F0CF09D456DA3D"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5052" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="723E3DDD" w14:textId="0DE3E011" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="35748A2D" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -4228,55 +4173,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4786B99F" w14:textId="6040C7EA" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Name of court</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-427435932"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="56243820D00E435887CDE63D094EBFE8"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5052" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="5FFE2F96" w14:textId="6BADE6FB" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="76DA568B" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -4297,55 +4241,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3932C1CB" w14:textId="59886CA7" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Reference number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="88744278"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="889D10178BFF4920AE7BD64C19A975A7"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5052" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="4DD4C6C5" w14:textId="19B101F8" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="7400375E" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -4367,64 +4310,63 @@
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F2CE776" w14:textId="3A789EE7" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>What is your relationship to the case?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1368560700"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="ED309BCDF2E64716ACEDE97E93B1CA64"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Acting for yourself without a lawyer" w:value="Acting for yourself without a lawyer"/>
               <w:listItem w:displayText="Witness" w:value="Witness"/>
               <w:listItem w:displayText="Member of the public" w:value="Member of the public"/>
               <w:listItem w:displayText="Judge/Magistrate" w:value="Judge/Magistrate"/>
               <w:listItem w:displayText="Legal professional" w:value="Legal professional"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5052" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="28879231" w14:textId="10934274" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="64F78A1D" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -4446,60 +4388,59 @@
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78AB8260" w14:textId="132E3656" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Is the case ongoing?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="1608616978"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="5B4B409887DD4AA3AB26D6B816AC0A70"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5052" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="3BB9E0F2" w14:textId="73B6FFA6" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="7B8429D3" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="288"/>
@@ -4520,55 +4461,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="784EA621" w14:textId="230AF5D3" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Dates of any upcoming hearings</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1094083659"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="1DE639EA656D4E1489C8A82C466026B1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="5052" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="7F5F065D" w14:textId="682954F1" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="001C022A" w14:paraId="1F62EDAC" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="1121"/>
@@ -4577,66 +4517,65 @@
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D5DAB04" w14:textId="093D5C1B" w:rsidR="001C022A" w:rsidRDefault="00DE6914">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Have you made a report about this to any other organisation?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-131408768"/>
             <w:lock w:val="sdtLocked"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
+              <w:docPart w:val="9631DF95138A4CA8BFEEE36DF3019B16"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="A chambers" w:value="A chambers"/>
               <w:listItem w:displayText="The Legal Ombudsman" w:value="The Legal Ombudsman"/>
               <w:listItem w:displayText="Another legal services regulator" w:value="Another legal services regulator"/>
               <w:listItem w:displayText="A university" w:value="A university"/>
               <w:listItem w:displayText="The police" w:value="The police"/>
               <w:listItem w:displayText="HMRC" w:value="HMRC"/>
               <w:listItem w:displayText="Other" w:value="Other"/>
             </w:dropDownList>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7178" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
               </w:tcPr>
               <w:p w14:paraId="0D76BDFB" w14:textId="4B929293" w:rsidR="001C022A" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="68C10375" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
@@ -4660,51 +4599,50 @@
               <w:t>Please tell us about what happened with your report or complaint, including reference numbers and the details of any outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="1B2BA10A" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="988"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:id w:val="-296301295"/>
               <w:placeholder>
                 <w:docPart w:val="EDE9808A373241F09AE1819935A973BF"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="7549616E" w14:textId="1891B43E" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="120811F2" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="452"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
@@ -4714,55 +4652,54 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Is there anything else you want to tell us?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE6914" w14:paraId="3D578AEC" w14:textId="77777777" w:rsidTr="00DE6914">
         <w:trPr>
           <w:trHeight w:val="1551"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:id w:val="-1859955438"/>
             <w:placeholder>
-              <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+              <w:docPart w:val="6070B8697A7249A0A595B6126CFE69C1"/>
             </w:placeholder>
             <w:showingPlcHdr/>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="9016" w:type="dxa"/>
                 <w:gridSpan w:val="3"/>
               </w:tcPr>
               <w:p w14:paraId="7F5A1153" w14:textId="6CF07AF8" w:rsidR="00DE6914" w:rsidRDefault="00DE6914">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00865155">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2900C688" w14:textId="52C4361E" w:rsidR="007B594F" w:rsidRDefault="007B594F" w:rsidP="00DE6914">
@@ -4938,76 +4875,76 @@
     </w:p>
     <w:p w14:paraId="74F5232D" w14:textId="6FC0B563" w:rsidR="007B594F" w:rsidRPr="007B594F" w:rsidRDefault="007B594F" w:rsidP="00DE6914">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Printed name</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007B594F" w:rsidRPr="007B594F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="277F6FEF" w14:textId="77777777" w:rsidR="004C0A38" w:rsidRDefault="004C0A38" w:rsidP="001111F5">
+    <w:p w14:paraId="4B0C3AF6" w14:textId="77777777" w:rsidR="00D34A94" w:rsidRDefault="00D34A94" w:rsidP="001111F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1C67C793" w14:textId="77777777" w:rsidR="004C0A38" w:rsidRDefault="004C0A38" w:rsidP="001111F5">
+    <w:p w14:paraId="173E01FB" w14:textId="77777777" w:rsidR="00D34A94" w:rsidRDefault="00D34A94" w:rsidP="001111F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5031,105 +4968,105 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3AA88864" w14:textId="77777777" w:rsidR="004C0A38" w:rsidRDefault="004C0A38" w:rsidP="001111F5">
+    <w:p w14:paraId="6232E94B" w14:textId="77777777" w:rsidR="00D34A94" w:rsidRDefault="00D34A94" w:rsidP="001111F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="06560453" w14:textId="77777777" w:rsidR="004C0A38" w:rsidRDefault="004C0A38" w:rsidP="001111F5">
+    <w:p w14:paraId="11D014C6" w14:textId="77777777" w:rsidR="00D34A94" w:rsidRDefault="00D34A94" w:rsidP="001111F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2A5F7EAB" w14:textId="3653A38C" w:rsidR="000B7A45" w:rsidRDefault="000B7A45">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
         <w:r w:rsidR="002B6CD0" w:rsidRPr="00706798">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://ico.org.uk/for-organisations/uk-gdpr-guidance-and-resources/lawful-basis/a-guide-to-lawful-basis/lawful-basis-for-processing/special-category-data/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4C76E65F" w14:textId="77777777" w:rsidR="002B6CD0" w:rsidRDefault="002B6CD0">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="094D7839"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB747104"/>
     <w:lvl w:ilvl="0" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -10396,51 +10333,51 @@
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="212236977">
     <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1763379977">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1443181344">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="895238663">
     <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="758142509">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:num w:numId="48" w16cid:durableId="335377855">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="46"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00284768"/>
     <w:rsid w:val="00000AC1"/>
     <w:rsid w:val="00006F32"/>
     <w:rsid w:val="000305F5"/>
@@ -10536,115 +10473,118 @@
     <w:rsid w:val="00902469"/>
     <w:rsid w:val="00982E20"/>
     <w:rsid w:val="009844D0"/>
     <w:rsid w:val="00A154DC"/>
     <w:rsid w:val="00A61743"/>
     <w:rsid w:val="00A82949"/>
     <w:rsid w:val="00AA19DA"/>
     <w:rsid w:val="00AA1C11"/>
     <w:rsid w:val="00AB6580"/>
     <w:rsid w:val="00AC6AAC"/>
     <w:rsid w:val="00AE0797"/>
     <w:rsid w:val="00AE7D83"/>
     <w:rsid w:val="00B063D0"/>
     <w:rsid w:val="00B44A2E"/>
     <w:rsid w:val="00B67762"/>
     <w:rsid w:val="00B84CEA"/>
     <w:rsid w:val="00BB4E82"/>
     <w:rsid w:val="00BB557C"/>
     <w:rsid w:val="00BD0A83"/>
     <w:rsid w:val="00C156E3"/>
     <w:rsid w:val="00C74DB2"/>
     <w:rsid w:val="00C91FEC"/>
     <w:rsid w:val="00CC49F3"/>
     <w:rsid w:val="00CF3101"/>
     <w:rsid w:val="00D02EBA"/>
+    <w:rsid w:val="00D22CFA"/>
     <w:rsid w:val="00D27370"/>
+    <w:rsid w:val="00D34A94"/>
     <w:rsid w:val="00D358AB"/>
     <w:rsid w:val="00D40D4C"/>
     <w:rsid w:val="00D61A87"/>
     <w:rsid w:val="00D65542"/>
     <w:rsid w:val="00D9732F"/>
     <w:rsid w:val="00DA6AAB"/>
     <w:rsid w:val="00DB71E3"/>
     <w:rsid w:val="00DC3681"/>
     <w:rsid w:val="00DD5DBB"/>
     <w:rsid w:val="00DD65AC"/>
     <w:rsid w:val="00DE6914"/>
     <w:rsid w:val="00E023BD"/>
     <w:rsid w:val="00E15B7A"/>
     <w:rsid w:val="00E22E70"/>
     <w:rsid w:val="00E258F0"/>
     <w:rsid w:val="00E503EB"/>
     <w:rsid w:val="00E654A3"/>
     <w:rsid w:val="00E91CD2"/>
     <w:rsid w:val="00EA0ABC"/>
     <w:rsid w:val="00EA4BCA"/>
     <w:rsid w:val="00EA5669"/>
     <w:rsid w:val="00EB2D41"/>
     <w:rsid w:val="00ED1455"/>
     <w:rsid w:val="00ED38EA"/>
     <w:rsid w:val="00ED4888"/>
     <w:rsid w:val="00F22155"/>
     <w:rsid w:val="00F45402"/>
+    <w:rsid w:val="00F7727A"/>
     <w:rsid w:val="00FC1E23"/>
     <w:rsid w:val="00FC4595"/>
     <w:rsid w:val="00FC7553"/>
     <w:rsid w:val="00FD702A"/>
     <w:rsid w:val="00FE3A08"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2B2A89B2"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{52E8945B-C6CF-4987-85BA-28C55B9C4514}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11292,51 +11232,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00541B62"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AA1C11"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="513686732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1030953742">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11420,1038 +11360,1479 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.barstandardsboard.org.uk/the-bsb-handbook.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ico.org.uk/for-organisations/uk-gdpr-guidance-and-resources/lawful-basis/a-guide-to-lawful-basis/lawful-basis-for-processing/special-category-data/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...79 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="71ED31A7A679480CAE20BBF11CAB0CA1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{225C1B91-B935-4355-9E68-E1B436FDE6CB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="71ED31A7A679480CAE20BBF11CAB0CA1"/>
+            <w:pStyle w:val="71ED31A7A679480CAE20BBF11CAB0CA12"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E6BA25F6242542069B47CBEFB2E208B6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{00C0CC66-82B7-46BE-83B6-61F1CBC5F5C2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="E6BA25F6242542069B47CBEFB2E208B6"/>
+            <w:pStyle w:val="E6BA25F6242542069B47CBEFB2E208B62"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2BB6FE79952546748EDFBC9010F45826"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{020C8260-BE9D-4924-B92B-0B98CD20336A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="2BB6FE79952546748EDFBC9010F45826"/>
+            <w:pStyle w:val="2BB6FE79952546748EDFBC9010F458262"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4BA3A6FF55834A76916C575A5BC07172"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CE44F101-A20A-4482-BFAD-8F1722B9D72B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="4BA3A6FF55834A76916C575A5BC07172"/>
+            <w:pStyle w:val="4BA3A6FF55834A76916C575A5BC071722"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E7A352C4DB0A43D0AFE150F25A366C3D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A5939D8C-2F5E-4A13-A76A-0ED933E96B51}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="E7A352C4DB0A43D0AFE150F25A366C3D"/>
+            <w:pStyle w:val="E7A352C4DB0A43D0AFE150F25A366C3D2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5F23C246ACCF4938BCFB41F964C9BCBF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A51DB906-F7D3-4153-A93A-C61DA876F238}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="5F23C246ACCF4938BCFB41F964C9BCBF"/>
+            <w:pStyle w:val="5F23C246ACCF4938BCFB41F964C9BCBF2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0CB552B4E06A428C84D6EE6E0B1EF51C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B2EA0DF9-B60E-4509-9D9A-93A4EB492480}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="0CB552B4E06A428C84D6EE6E0B1EF51C"/>
+            <w:pStyle w:val="0CB552B4E06A428C84D6EE6E0B1EF51C2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4B64D978B7674F5390490814BD15237E"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{70387880-FCEB-4277-AAE2-DB5E2D96A6FE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="4B64D978B7674F5390490814BD15237E"/>
+            <w:pStyle w:val="4B64D978B7674F5390490814BD15237E2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="A4D6E1CCAC58400EA972333CB11B02E0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F8D9CE3-B2D7-4321-B328-D43EB154F827}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="A4D6E1CCAC58400EA972333CB11B02E0"/>
+            <w:pStyle w:val="A4D6E1CCAC58400EA972333CB11B02E02"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
-          </w:r>
-[...27 lines deleted...]
-            <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E1106EF291A74AAAA4B490B23BF00CC1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{56D813BF-9131-4205-A3D7-49A49DEB8BE8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="E1106EF291A74AAAA4B490B23BF00CC1"/>
+            <w:pStyle w:val="E1106EF291A74AAAA4B490B23BF00CC12"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E1C22D795E1D4D569CDEE6B4072C9EF2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{269C8BF6-2994-43AE-9CEB-B6FED42A6C1B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="E1C22D795E1D4D569CDEE6B4072C9EF2"/>
+            <w:pStyle w:val="E1C22D795E1D4D569CDEE6B4072C9EF22"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E9E5DD1F783A4FD497814F94DEE5CDEF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4D2444BA-FB49-4673-A7E4-498A45F9D726}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="E9E5DD1F783A4FD497814F94DEE5CDEF"/>
+            <w:pStyle w:val="E9E5DD1F783A4FD497814F94DEE5CDEF2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6266B2C77D534A1BA98463F655EAEEE4"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7B06D7F2-9088-46E8-9C2C-A500B8401E17}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="6266B2C77D534A1BA98463F655EAEEE4"/>
+            <w:pStyle w:val="6266B2C77D534A1BA98463F655EAEEE42"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D111BB51760C4B9AB0108B43E1128D8A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC05C3AD-1238-4D40-92B7-7584E44BC537}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="D111BB51760C4B9AB0108B43E1128D8A"/>
+            <w:pStyle w:val="D111BB51760C4B9AB0108B43E1128D8A2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0E5C4387FE98447F8A24635DDB1245B2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D44E4E76-EDFD-40C0-9BFA-DB9E0E65EF22}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="0E5C4387FE98447F8A24635DDB1245B2"/>
+            <w:pStyle w:val="0E5C4387FE98447F8A24635DDB1245B22"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="977AFE68A32A448D812BE90D325C82A2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F8A9D5AB-D0C5-4EEA-ADCF-01F19E8B52AA}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="977AFE68A32A448D812BE90D325C82A2"/>
+            <w:pStyle w:val="977AFE68A32A448D812BE90D325C82A22"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="81269E511A2E4A51AEADAC24006143DA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C6FD0B94-2092-4F3D-AFDA-172AFF151B19}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="81269E511A2E4A51AEADAC24006143DA"/>
+            <w:pStyle w:val="81269E511A2E4A51AEADAC24006143DA2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FF363CCD06CF470CB415CA84C8D22A47"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{74063267-9315-4F07-B038-44FC6D117468}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="FF363CCD06CF470CB415CA84C8D22A47"/>
+            <w:pStyle w:val="FF363CCD06CF470CB415CA84C8D22A472"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CB72BFFC9C654F068FF452AB4FD3DA81"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E70699E6-30EE-48AE-9296-66545B9A4BA6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="CB72BFFC9C654F068FF452AB4FD3DA81"/>
+            <w:pStyle w:val="CB72BFFC9C654F068FF452AB4FD3DA812"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0095A37344AE43B39267D53B1935F9BE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F1EA1C9-2558-47BB-8BA1-538E632A06CB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="0095A37344AE43B39267D53B1935F9BE"/>
+            <w:pStyle w:val="0095A37344AE43B39267D53B1935F9BE2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="68D6FF4732F64B5C9AB561059F7EA4A3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AB750777-E896-4668-B55B-A0A4DADAD98D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="68D6FF4732F64B5C9AB561059F7EA4A3"/>
+            <w:pStyle w:val="68D6FF4732F64B5C9AB561059F7EA4A32"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A956EE999F24BFEBD4053C02085A054"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{277B31E3-79C7-43C1-AE8E-4049D574D879}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="6A956EE999F24BFEBD4053C02085A054"/>
+            <w:pStyle w:val="6A956EE999F24BFEBD4053C02085A0542"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="90FAA7D89D0F4237A0DDE53E1C74A2F3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2A051621-CC2D-4D40-AB46-EE8E00E00B12}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="90FAA7D89D0F4237A0DDE53E1C74A2F3"/>
+            <w:pStyle w:val="90FAA7D89D0F4237A0DDE53E1C74A2F32"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FE0273665C2C447CBBAFC49D41310B76"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D0BE6645-8271-41B5-ACD5-74C8F26474BE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="FE0273665C2C447CBBAFC49D41310B76"/>
+            <w:pStyle w:val="FE0273665C2C447CBBAFC49D41310B762"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="983487F54848406A95733F5BAC02DB39"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ED86F4FE-F774-4421-A602-A4C6DC658B9E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="983487F54848406A95733F5BAC02DB39"/>
+            <w:pStyle w:val="983487F54848406A95733F5BAC02DB392"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="67001A34B2F54E2FAA6D25F22FC8A6B3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4BA0E101-BBF4-48CE-9060-A9A0DD978844}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="67001A34B2F54E2FAA6D25F22FC8A6B3"/>
+            <w:pStyle w:val="67001A34B2F54E2FAA6D25F22FC8A6B32"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2844220E0C64452BB6CF3E9CE48451AC"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E4A7FF92-633B-4B7C-88D8-AA2743370415}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="001E1CCF" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="001E1CCF" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="2844220E0C64452BB6CF3E9CE48451AC"/>
+            <w:pStyle w:val="2844220E0C64452BB6CF3E9CE48451AC2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="46C3DE2ABEAD4F618C73ABCEA6DDD998"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6EB2F15F-033B-4ED5-A8E3-D2EC5771EF4E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F23F30" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="00F23F30" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="46C3DE2ABEAD4F618C73ABCEA6DDD998"/>
+            <w:pStyle w:val="46C3DE2ABEAD4F618C73ABCEA6DDD9982"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B97D275AD6444DBE9E59CD20EC6A2355"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CF1B0191-4AA8-4B51-8EA8-B8A561A06FEE}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F23F30" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="00F23F30" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="B97D275AD6444DBE9E59CD20EC6A2355"/>
+            <w:pStyle w:val="B97D275AD6444DBE9E59CD20EC6A23552"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EDE9808A373241F09AE1819935A973BF"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EC0E6F96-8C1C-4961-BF2E-B9474D42E77E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F23F30" w:rsidRDefault="001E1CCF" w:rsidP="001E1CCF">
+        <w:p w:rsidR="00F23F30" w:rsidRDefault="00670C70" w:rsidP="00670C70">
           <w:pPr>
-            <w:pStyle w:val="EDE9808A373241F09AE1819935A973BF"/>
+            <w:pStyle w:val="EDE9808A373241F09AE1819935A973BF2"/>
           </w:pPr>
           <w:r w:rsidRPr="00865155">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F8B00A9A35094803A01BC4F972824543"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1692BBA8-BC41-488E-80C5-908A7CA0350B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="F8B00A9A35094803A01BC4F9728245431"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A9D279A755314D729D83C29DB2F0603F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5C03B2E6-EE60-4000-9CA4-D01E9EF184BA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="A9D279A755314D729D83C29DB2F0603F1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F19B5D2BE535418FA33F7458FEA5DDC4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2F163CF0-664F-4A16-96A0-160AD802D742}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="F19B5D2BE535418FA33F7458FEA5DDC41"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="280B414803124E8583518E23481E6B93"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8616A632-9DD9-476D-B1A0-8373776DAC08}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="280B414803124E8583518E23481E6B931"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="68D6AADC425C4B53A63347D4479B0515"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{14A192D2-8B91-45AD-BC21-7E19E0304EA4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="68D6AADC425C4B53A63347D4479B05151"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6168690BFACF4D50A632CEB6660A7C38"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F2DD0C43-E27A-433A-B75E-96A9E03B1851}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="6168690BFACF4D50A632CEB6660A7C381"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6B30BA8433AE4FE288742A4B73F4F758"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FAE80ABE-FAAE-42F5-8736-78C240EBC531}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="6B30BA8433AE4FE288742A4B73F4F7581"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="00A40497B60A488A828A690A38A7C2BA"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7100F433-D5F1-427A-8AD6-65273C0DB180}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="00A40497B60A488A828A690A38A7C2BA1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A6C5D5D3A414426A6F88B6B5C53DBFC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5251916A-F8FB-4A42-A0BF-3C62006D56C0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="7A6C5D5D3A414426A6F88B6B5C53DBFC1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EBF6FA706C384F4096F0CF09D456DA3D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7EAD3C0C-A748-4198-B3A5-498BA39AD350}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="EBF6FA706C384F4096F0CF09D456DA3D1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="56243820D00E435887CDE63D094EBFE8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{362152FB-93CF-441C-A205-0E8C2CD084C0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="56243820D00E435887CDE63D094EBFE81"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="889D10178BFF4920AE7BD64C19A975A7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{51F27790-F66B-4451-A6FE-C02060F6C8AF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="889D10178BFF4920AE7BD64C19A975A71"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ED309BCDF2E64716ACEDE97E93B1CA64"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B6E22BC6-261E-4C56-B928-C74082806A51}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="ED309BCDF2E64716ACEDE97E93B1CA641"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5B4B409887DD4AA3AB26D6B816AC0A70"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6583B89F-75F4-4296-A16C-D4475F3FDBEA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="5B4B409887DD4AA3AB26D6B816AC0A701"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1DE639EA656D4E1489C8A82C466026B1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9A66712A-2D2E-4669-9E66-A05216532035}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="1DE639EA656D4E1489C8A82C466026B11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9631DF95138A4CA8BFEEE36DF3019B16"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7FC46684-FD97-4302-A7DD-617BF44CA8D1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="9631DF95138A4CA8BFEEE36DF3019B161"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6070B8697A7249A0A595B6126CFE69C1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E2382845-3C8A-4718-BBAF-47B451C0B9B8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="6070B8697A7249A0A595B6126CFE69C11"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FD626E636A0F4403BE37460D53446CC4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4D15D122-11C1-4B94-B43E-2E9EC4BA5C1D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="FD626E636A0F4403BE37460D53446CC4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7A593E1DB9404ADA98818E32650747F2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F895BEC8-4271-4E05-B346-DF5471C5FC6B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="00670C70" w:rsidP="00670C70">
+          <w:pPr>
+            <w:pStyle w:val="7A593E1DB9404ADA98818E32650747F2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00865155">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -12487,116 +12868,119 @@
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001E1CCF"/>
     <w:rsid w:val="00056D14"/>
     <w:rsid w:val="001E1CCF"/>
     <w:rsid w:val="00294DAD"/>
     <w:rsid w:val="00381788"/>
     <w:rsid w:val="003D6D75"/>
     <w:rsid w:val="004B3137"/>
     <w:rsid w:val="005C17EF"/>
     <w:rsid w:val="006200A3"/>
     <w:rsid w:val="00621BEB"/>
+    <w:rsid w:val="00670C70"/>
     <w:rsid w:val="00721B46"/>
     <w:rsid w:val="007A25CD"/>
     <w:rsid w:val="00882954"/>
     <w:rsid w:val="008E4EA0"/>
     <w:rsid w:val="00995AFB"/>
     <w:rsid w:val="009C1DEC"/>
     <w:rsid w:val="00A82949"/>
     <w:rsid w:val="00B07E37"/>
     <w:rsid w:val="00B16A5B"/>
+    <w:rsid w:val="00B22E7E"/>
     <w:rsid w:val="00BB557C"/>
     <w:rsid w:val="00E15B7A"/>
     <w:rsid w:val="00E24C48"/>
     <w:rsid w:val="00E30762"/>
     <w:rsid w:val="00EE52B0"/>
     <w:rsid w:val="00F05BB6"/>
     <w:rsid w:val="00F23F30"/>
+    <w:rsid w:val="00F7727A"/>
     <w:rsid w:val="00FA753E"/>
     <w:rsid w:val="00FC1E23"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12982,51 +13366,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001E1CCF"/>
+    <w:rsid w:val="00670C70"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FA489D2091247F7ADCB1964E12E993C">
     <w:name w:val="6FA489D2091247F7ADCB1964E12E993C"/>
     <w:rsid w:val="001E1CCF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="71ED31A7A679480CAE20BBF11CAB0CA1">
     <w:name w:val="71ED31A7A679480CAE20BBF11CAB0CA1"/>
     <w:rsid w:val="001E1CCF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6BA25F6242542069B47CBEFB2E208B6">
     <w:name w:val="E6BA25F6242542069B47CBEFB2E208B6"/>
     <w:rsid w:val="001E1CCF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
@@ -13195,55 +13579,852 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="983487F54848406A95733F5BAC02DB39">
     <w:name w:val="983487F54848406A95733F5BAC02DB39"/>
     <w:rsid w:val="001E1CCF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="67001A34B2F54E2FAA6D25F22FC8A6B3">
     <w:name w:val="67001A34B2F54E2FAA6D25F22FC8A6B3"/>
     <w:rsid w:val="001E1CCF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2844220E0C64452BB6CF3E9CE48451AC">
     <w:name w:val="2844220E0C64452BB6CF3E9CE48451AC"/>
     <w:rsid w:val="001E1CCF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="46C3DE2ABEAD4F618C73ABCEA6DDD998">
     <w:name w:val="46C3DE2ABEAD4F618C73ABCEA6DDD998"/>
     <w:rsid w:val="001E1CCF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B97D275AD6444DBE9E59CD20EC6A2355">
     <w:name w:val="B97D275AD6444DBE9E59CD20EC6A2355"/>
     <w:rsid w:val="001E1CCF"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDE9808A373241F09AE1819935A973BF">
     <w:name w:val="EDE9808A373241F09AE1819935A973BF"/>
     <w:rsid w:val="001E1CCF"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FA489D2091247F7ADCB1964E12E993C1">
+    <w:name w:val="6FA489D2091247F7ADCB1964E12E993C1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71ED31A7A679480CAE20BBF11CAB0CA11">
+    <w:name w:val="71ED31A7A679480CAE20BBF11CAB0CA11"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6BA25F6242542069B47CBEFB2E208B61">
+    <w:name w:val="E6BA25F6242542069B47CBEFB2E208B61"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BB6FE79952546748EDFBC9010F458261">
+    <w:name w:val="2BB6FE79952546748EDFBC9010F458261"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BA3A6FF55834A76916C575A5BC071721">
+    <w:name w:val="4BA3A6FF55834A76916C575A5BC071721"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E7A352C4DB0A43D0AFE150F25A366C3D1">
+    <w:name w:val="E7A352C4DB0A43D0AFE150F25A366C3D1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F23C246ACCF4938BCFB41F964C9BCBF1">
+    <w:name w:val="5F23C246ACCF4938BCFB41F964C9BCBF1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CB552B4E06A428C84D6EE6E0B1EF51C1">
+    <w:name w:val="0CB552B4E06A428C84D6EE6E0B1EF51C1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B64D978B7674F5390490814BD15237E1">
+    <w:name w:val="4B64D978B7674F5390490814BD15237E1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4D6E1CCAC58400EA972333CB11B02E01">
+    <w:name w:val="A4D6E1CCAC58400EA972333CB11B02E01"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A9C49EF9B2E46AFB04FA1762EF676861">
+    <w:name w:val="7A9C49EF9B2E46AFB04FA1762EF676861"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1106EF291A74AAAA4B490B23BF00CC11">
+    <w:name w:val="E1106EF291A74AAAA4B490B23BF00CC11"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1C22D795E1D4D569CDEE6B4072C9EF21">
+    <w:name w:val="E1C22D795E1D4D569CDEE6B4072C9EF21"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9E5DD1F783A4FD497814F94DEE5CDEF1">
+    <w:name w:val="E9E5DD1F783A4FD497814F94DEE5CDEF1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6266B2C77D534A1BA98463F655EAEEE41">
+    <w:name w:val="6266B2C77D534A1BA98463F655EAEEE41"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D111BB51760C4B9AB0108B43E1128D8A1">
+    <w:name w:val="D111BB51760C4B9AB0108B43E1128D8A1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E5C4387FE98447F8A24635DDB1245B21">
+    <w:name w:val="0E5C4387FE98447F8A24635DDB1245B21"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="977AFE68A32A448D812BE90D325C82A21">
+    <w:name w:val="977AFE68A32A448D812BE90D325C82A21"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81269E511A2E4A51AEADAC24006143DA1">
+    <w:name w:val="81269E511A2E4A51AEADAC24006143DA1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF363CCD06CF470CB415CA84C8D22A471">
+    <w:name w:val="FF363CCD06CF470CB415CA84C8D22A471"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8B00A9A35094803A01BC4F972824543">
+    <w:name w:val="F8B00A9A35094803A01BC4F972824543"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9D279A755314D729D83C29DB2F0603F">
+    <w:name w:val="A9D279A755314D729D83C29DB2F0603F"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F19B5D2BE535418FA33F7458FEA5DDC4">
+    <w:name w:val="F19B5D2BE535418FA33F7458FEA5DDC4"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB72BFFC9C654F068FF452AB4FD3DA811">
+    <w:name w:val="CB72BFFC9C654F068FF452AB4FD3DA811"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="280B414803124E8583518E23481E6B93">
+    <w:name w:val="280B414803124E8583518E23481E6B93"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68D6AADC425C4B53A63347D4479B0515">
+    <w:name w:val="68D6AADC425C4B53A63347D4479B0515"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6168690BFACF4D50A632CEB6660A7C38">
+    <w:name w:val="6168690BFACF4D50A632CEB6660A7C38"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B30BA8433AE4FE288742A4B73F4F758">
+    <w:name w:val="6B30BA8433AE4FE288742A4B73F4F758"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00A40497B60A488A828A690A38A7C2BA">
+    <w:name w:val="00A40497B60A488A828A690A38A7C2BA"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0095A37344AE43B39267D53B1935F9BE1">
+    <w:name w:val="0095A37344AE43B39267D53B1935F9BE1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68D6FF4732F64B5C9AB561059F7EA4A31">
+    <w:name w:val="68D6FF4732F64B5C9AB561059F7EA4A31"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A956EE999F24BFEBD4053C02085A0541">
+    <w:name w:val="6A956EE999F24BFEBD4053C02085A0541"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="90FAA7D89D0F4237A0DDE53E1C74A2F31">
+    <w:name w:val="90FAA7D89D0F4237A0DDE53E1C74A2F31"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE0273665C2C447CBBAFC49D41310B761">
+    <w:name w:val="FE0273665C2C447CBBAFC49D41310B761"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="983487F54848406A95733F5BAC02DB391">
+    <w:name w:val="983487F54848406A95733F5BAC02DB391"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67001A34B2F54E2FAA6D25F22FC8A6B31">
+    <w:name w:val="67001A34B2F54E2FAA6D25F22FC8A6B31"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2844220E0C64452BB6CF3E9CE48451AC1">
+    <w:name w:val="2844220E0C64452BB6CF3E9CE48451AC1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B97D275AD6444DBE9E59CD20EC6A23551">
+    <w:name w:val="B97D275AD6444DBE9E59CD20EC6A23551"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46C3DE2ABEAD4F618C73ABCEA6DDD9981">
+    <w:name w:val="46C3DE2ABEAD4F618C73ABCEA6DDD9981"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A6C5D5D3A414426A6F88B6B5C53DBFC">
+    <w:name w:val="7A6C5D5D3A414426A6F88B6B5C53DBFC"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBF6FA706C384F4096F0CF09D456DA3D">
+    <w:name w:val="EBF6FA706C384F4096F0CF09D456DA3D"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="56243820D00E435887CDE63D094EBFE8">
+    <w:name w:val="56243820D00E435887CDE63D094EBFE8"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="889D10178BFF4920AE7BD64C19A975A7">
+    <w:name w:val="889D10178BFF4920AE7BD64C19A975A7"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED309BCDF2E64716ACEDE97E93B1CA64">
+    <w:name w:val="ED309BCDF2E64716ACEDE97E93B1CA64"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B4B409887DD4AA3AB26D6B816AC0A70">
+    <w:name w:val="5B4B409887DD4AA3AB26D6B816AC0A70"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DE639EA656D4E1489C8A82C466026B1">
+    <w:name w:val="1DE639EA656D4E1489C8A82C466026B1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9631DF95138A4CA8BFEEE36DF3019B16">
+    <w:name w:val="9631DF95138A4CA8BFEEE36DF3019B16"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDE9808A373241F09AE1819935A973BF1">
+    <w:name w:val="EDE9808A373241F09AE1819935A973BF1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6070B8697A7249A0A595B6126CFE69C1">
+    <w:name w:val="6070B8697A7249A0A595B6126CFE69C1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6FA489D2091247F7ADCB1964E12E993C2">
+    <w:name w:val="6FA489D2091247F7ADCB1964E12E993C2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71ED31A7A679480CAE20BBF11CAB0CA12">
+    <w:name w:val="71ED31A7A679480CAE20BBF11CAB0CA12"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E6BA25F6242542069B47CBEFB2E208B62">
+    <w:name w:val="E6BA25F6242542069B47CBEFB2E208B62"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BB6FE79952546748EDFBC9010F458262">
+    <w:name w:val="2BB6FE79952546748EDFBC9010F458262"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4BA3A6FF55834A76916C575A5BC071722">
+    <w:name w:val="4BA3A6FF55834A76916C575A5BC071722"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E7A352C4DB0A43D0AFE150F25A366C3D2">
+    <w:name w:val="E7A352C4DB0A43D0AFE150F25A366C3D2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F23C246ACCF4938BCFB41F964C9BCBF2">
+    <w:name w:val="5F23C246ACCF4938BCFB41F964C9BCBF2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0CB552B4E06A428C84D6EE6E0B1EF51C2">
+    <w:name w:val="0CB552B4E06A428C84D6EE6E0B1EF51C2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B64D978B7674F5390490814BD15237E2">
+    <w:name w:val="4B64D978B7674F5390490814BD15237E2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A4D6E1CCAC58400EA972333CB11B02E02">
+    <w:name w:val="A4D6E1CCAC58400EA972333CB11B02E02"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FD626E636A0F4403BE37460D53446CC4">
+    <w:name w:val="FD626E636A0F4403BE37460D53446CC4"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1106EF291A74AAAA4B490B23BF00CC12">
+    <w:name w:val="E1106EF291A74AAAA4B490B23BF00CC12"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E1C22D795E1D4D569CDEE6B4072C9EF22">
+    <w:name w:val="E1C22D795E1D4D569CDEE6B4072C9EF22"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9E5DD1F783A4FD497814F94DEE5CDEF2">
+    <w:name w:val="E9E5DD1F783A4FD497814F94DEE5CDEF2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6266B2C77D534A1BA98463F655EAEEE42">
+    <w:name w:val="6266B2C77D534A1BA98463F655EAEEE42"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D111BB51760C4B9AB0108B43E1128D8A2">
+    <w:name w:val="D111BB51760C4B9AB0108B43E1128D8A2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E5C4387FE98447F8A24635DDB1245B22">
+    <w:name w:val="0E5C4387FE98447F8A24635DDB1245B22"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="977AFE68A32A448D812BE90D325C82A22">
+    <w:name w:val="977AFE68A32A448D812BE90D325C82A22"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81269E511A2E4A51AEADAC24006143DA2">
+    <w:name w:val="81269E511A2E4A51AEADAC24006143DA2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF363CCD06CF470CB415CA84C8D22A472">
+    <w:name w:val="FF363CCD06CF470CB415CA84C8D22A472"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F8B00A9A35094803A01BC4F9728245431">
+    <w:name w:val="F8B00A9A35094803A01BC4F9728245431"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A9D279A755314D729D83C29DB2F0603F1">
+    <w:name w:val="A9D279A755314D729D83C29DB2F0603F1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F19B5D2BE535418FA33F7458FEA5DDC41">
+    <w:name w:val="F19B5D2BE535418FA33F7458FEA5DDC41"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CB72BFFC9C654F068FF452AB4FD3DA812">
+    <w:name w:val="CB72BFFC9C654F068FF452AB4FD3DA812"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="280B414803124E8583518E23481E6B931">
+    <w:name w:val="280B414803124E8583518E23481E6B931"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68D6AADC425C4B53A63347D4479B05151">
+    <w:name w:val="68D6AADC425C4B53A63347D4479B05151"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6168690BFACF4D50A632CEB6660A7C381">
+    <w:name w:val="6168690BFACF4D50A632CEB6660A7C381"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B30BA8433AE4FE288742A4B73F4F7581">
+    <w:name w:val="6B30BA8433AE4FE288742A4B73F4F7581"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00A40497B60A488A828A690A38A7C2BA1">
+    <w:name w:val="00A40497B60A488A828A690A38A7C2BA1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0095A37344AE43B39267D53B1935F9BE2">
+    <w:name w:val="0095A37344AE43B39267D53B1935F9BE2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="68D6FF4732F64B5C9AB561059F7EA4A32">
+    <w:name w:val="68D6FF4732F64B5C9AB561059F7EA4A32"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A956EE999F24BFEBD4053C02085A0542">
+    <w:name w:val="6A956EE999F24BFEBD4053C02085A0542"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="90FAA7D89D0F4237A0DDE53E1C74A2F32">
+    <w:name w:val="90FAA7D89D0F4237A0DDE53E1C74A2F32"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE0273665C2C447CBBAFC49D41310B762">
+    <w:name w:val="FE0273665C2C447CBBAFC49D41310B762"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="983487F54848406A95733F5BAC02DB392">
+    <w:name w:val="983487F54848406A95733F5BAC02DB392"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="67001A34B2F54E2FAA6D25F22FC8A6B32">
+    <w:name w:val="67001A34B2F54E2FAA6D25F22FC8A6B32"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2844220E0C64452BB6CF3E9CE48451AC2">
+    <w:name w:val="2844220E0C64452BB6CF3E9CE48451AC2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B97D275AD6444DBE9E59CD20EC6A23552">
+    <w:name w:val="B97D275AD6444DBE9E59CD20EC6A23552"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46C3DE2ABEAD4F618C73ABCEA6DDD9982">
+    <w:name w:val="46C3DE2ABEAD4F618C73ABCEA6DDD9982"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A6C5D5D3A414426A6F88B6B5C53DBFC1">
+    <w:name w:val="7A6C5D5D3A414426A6F88B6B5C53DBFC1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBF6FA706C384F4096F0CF09D456DA3D1">
+    <w:name w:val="EBF6FA706C384F4096F0CF09D456DA3D1"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="56243820D00E435887CDE63D094EBFE81">
+    <w:name w:val="56243820D00E435887CDE63D094EBFE81"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="889D10178BFF4920AE7BD64C19A975A71">
+    <w:name w:val="889D10178BFF4920AE7BD64C19A975A71"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ED309BCDF2E64716ACEDE97E93B1CA641">
+    <w:name w:val="ED309BCDF2E64716ACEDE97E93B1CA641"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B4B409887DD4AA3AB26D6B816AC0A701">
+    <w:name w:val="5B4B409887DD4AA3AB26D6B816AC0A701"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1DE639EA656D4E1489C8A82C466026B11">
+    <w:name w:val="1DE639EA656D4E1489C8A82C466026B11"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9631DF95138A4CA8BFEEE36DF3019B161">
+    <w:name w:val="9631DF95138A4CA8BFEEE36DF3019B161"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDE9808A373241F09AE1819935A973BF2">
+    <w:name w:val="EDE9808A373241F09AE1819935A973BF2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6070B8697A7249A0A595B6126CFE69C11">
+    <w:name w:val="6070B8697A7249A0A595B6126CFE69C11"/>
+    <w:rsid w:val="00670C70"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A593E1DB9404ADA98818E32650747F2">
+    <w:name w:val="7A593E1DB9404ADA98818E32650747F2"/>
+    <w:rsid w:val="00670C70"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -13509,50 +14690,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/A9F3E4DA7C68477BBE6F6B19974764CC" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A728173</value>
     </field>
     <field name="Objective-Title">
       <value order="0">2019_09 Reporting form - Paper Version</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2019-02-21T14:36:24Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">false</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0"/>
     </field>
     <field name="Objective-ModificationStamp">
       <value order="0">2019-10-14T16:12:00Z</value>
@@ -13579,100 +14764,96 @@
       <value order="0">6</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">qA54893</value>
     </field>
     <field name="Objective-Classification">
       <value order="0"/>
     </field>
     <field name="Objective-Caveats">
       <value order="0"/>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA8">
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EB04E70-1B51-4D55-AD1C-56D4B75734CB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/A9F3E4DA7C68477BBE6F6B19974764CC"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7EB04E70-1B51-4D55-AD1C-56D4B75734CB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/A9F3E4DA7C68477BBE6F6B19974764CC"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1291</Words>
-  <Characters>7363</Characters>
+  <Words>1353</Words>
+  <Characters>7267</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>61</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>196</Lines>
+  <Paragraphs>61</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8637</CharactersWithSpaces>
+  <CharactersWithSpaces>8559</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Maithili Sreen</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>